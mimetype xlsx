--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10283329</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>People, places, and pets: Situating STEM education in youths’ homes with their pets</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kelly, A.; Johnson, G. M.; Polman, J. L.; Kane, S. K.; Shapiro, R. B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>de Vries, E.; Hod, Y.; null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>11-18</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We facilitated a remote educational summer camp for teenage youth, with participants “sheltering in place” at home due to the COVID-19 pandemic. The summer camp was part of an initiative aimed at promoting STEM education for youth through learning about their pets’ senses and engaging in a co-design project to enrich aspects of their pets’ lives. We describe how situating scientific and design activities within the home and with pets engages participants in ethnomethodological practices such as field work, naturalistic observation, and in situ design that build upon their funds of knowledge. We discuss implications for the designs of learning environments that leverage the benefits of at-home science and design with pets.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>