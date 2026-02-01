--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10283684</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Comparing security and privacy attitudes between iOS and Android users in the U.S.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Abrokwa, Desiree; Das, Shruti; Akgul, Omer; Mazurek, Michelle L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SOUPS 2021: USENIX Symposium on Usable Privacy and Security</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many studies of mobile security and privacy are, for simplicity, limited to either only Android users or only iOS users. However, it is not clear whether there are systematic differences in the privacy and security knowledge or preferences of users who select these two platforms. Understanding these differences could provide important context about the generalizability of research results. This paper reports on a survey (n=493) with a demographically diverse sample of U.S. Android and iOS users. We compare users of these platforms using validated privacy and security scales (IUIPC-8 and SA-6) as well as previously deployed attitudinal and knowledge questions from Pew Research Center. As a secondary analysis, we also investigate potential differences among users of different smart-speaker platforms, including Amazon Echo and Google Home. We find no significant differences in privacy attitudes of different platform users, but we do find that Android users have more technology knowledge than iOS users. In addition, we find evidence (via comparison with Pew data) that Prolific participants have more technology knowledge than the general U.S. population.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955805</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>