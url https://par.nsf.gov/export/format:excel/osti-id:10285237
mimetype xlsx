--- v0 (2025-11-02)
+++ v1 (2026-02-11)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10285237</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deformation-Aware 3D Model Embedding and Retrieval</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Uy, Mikaela Angelina; Huang, Jingwei; Sung, Minhyuk; Birdal, Tolga; Guibas, Leonidas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-11-09T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>European Conference on Computer Vision</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We introduce a new problem of retrieving 3D models that are deformable to a given query shape and present a novel deep deformation-aware embedding to solve this retrieval task. 3D model retrieval is a fundamental operation for recovering a clean and complete 3D model from a noisy and partial 3D scan. However, given a finite collection of 3D shapes, even the closest model to a query may not be satisfactory. This motivates us to apply 3D model deformation techniques to adapt the retrieved model so as to better fit the query. Yet, certain restrictions are enforced in most 3D deformation techniques to preserve important features of the original model that prevent a perfect fitting of the deformed model to the query. This gap between the deformed model and the query induces asymmetric relationships among the models, which cannot be handled by typical metric learning techniques. Thus, to retrieve the best models for fitting, we propose a novel deep embedding approach that learns the asymmetric relationships by leveraging location-dependent egocentric distance fields. We also propose two strategies for training the embedding network. We demonstrate that both of these approaches outperform other baselines in our experiments with both synthetic and real data. Our project page can be found at deformscan2cad.github.io.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763268</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>