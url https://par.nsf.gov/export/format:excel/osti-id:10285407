--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10285407</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/BAMS-D-18-0217.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Iceland Greenland Seas Project</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Renfrew, I. A.; Pickart, R. S.; Våge, K.; Moore, G. W.; Bracegirdle, T. J.; Elvidge, A. D.; Jeansson, E.; Lachlan-Cope, T.; McRaven, L. T.; Papritz, L.; Reuder, J.; Sodemann, H.; Terpstra, A.; Waterman, S.; Valdimarsson, H.; Weiss, A.; Almansi, M.; Bahr, F.; Brakstad, A.; Barrell, C.; Brooke, J. K.; Brooks, B. J.; Brooks, I. M.; Brooks, M. E.; Bruvik, E. M.; Duscha, C.; Fer, I.; Golid, H. M.; Hallerstig, M.; Hessevik, I.; Huang, J.; Houghton, L.; Jónsson, S.; Jonassen, M.; Jackson, K.; Kvalsund, K.; Kolstad, E. W.; Konstali, K.; Kristiansen, J.; Ladkin, R.; Lin, P.; Macrander, A.; Mitchell, A.; Olafsson, H.; Pacini, A.; Payne, C.; Palmason, B.; Pérez-Hernández, M. D.; Peterson, A. K.; Petersen, G. N.; Pisareva, M. N.; Pope, J. O.; Seidl, A.; Semper, S.; Sergeev, D.; Skjelsvik, S.; Søiland, H.; Smith, D.; Spall, M. A.; Spengler, T.; Touzeau, A.; Tupper, G.; Weng, Y.; Williams, K. D.; Yang, X.; Zhou, S.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bulletin of the American Meteorological Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1795 to 1817</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0003-0007</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            The Iceland Greenland Seas Project (IGP) is a coordinated atmosphere–ocean research program investigating climate processes in the source region of the densest waters of the Atlantic meridional overturning circulation. During February and March 2018, a field campaign was executed over the Iceland and southern Greenland Seas that utilized a range of observing platforms to investigate critical processes in the region, including a research vessel, a research aircraft, moorings, sea gliders, floats, and a meteorological buoy. A remarkable feature of the field campaign was the highly coordinated deployment of the observing platforms, whereby the research vessel and aircraft tracks were planned in concert to allow simultaneous sampling of the atmosphere, the ocean, and their interactions. This joint planning was supported by tailor-made convection-permitting weather forecasts and novel diagnostics from an ensemble prediction system. The scientific aims of the IGP are to characterize the atmospheric forcing and the ocean response of coupled processes; in particular, cold-air outbreaks in the vicinity of the marginal ice zone and their triggering of oceanic heat loss, and the role of freshwater in the generation of dense water masses. The campaign observed the life cycle of a long-lasting cold-air outbreak over the Iceland Sea and the development of a cold-air outbreak over the Greenland Sea. Repeated profiling revealed the immediate impact on the ocean, while a comprehensive hydrographic survey provided a rare picture of these subpolar seas in winter. A joint atmosphere–ocean approach is also being used in the analysis phase, with coupled observational analysis and coordinated numerical modeling activities underway.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1558742</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>