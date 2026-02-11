--- v0 (2025-11-02)
+++ v1 (2026-02-11)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10285454</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/JPO-D-20-0056.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Potential Vorticity Dynamics of the Arctic Halocline</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Spall, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Physical Oceanography</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2491 to 2506</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-3670</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            An idealized two-layer shallow water model is applied to the study of the dynamics of the Arctic Ocean halocline. The model is forced by a surface stress distribution reflective of the observed wind stress pattern and ice motion and by an inflow representing the flow of Pacific Water through Bering Strait. The model reproduces the main elements of the halocline circulation: an anticyclonic Beaufort Gyre in the western basin (representing the Canada Basin), a cyclonic circulation in the eastern basin (representing the Eurasian Basin), and a Transpolar Drift between the two gyres directed from the upwind side of the basin to the downwind side of the basin. Analysis of the potential vorticity budget shows a basin-averaged balance primarily between potential vorticity input at the surface and dissipation at the lateral boundaries. However, advection is a leading-order term not only within the anticyclonic and cyclonic gyres but also between the gyres. This means that the eastern and western basins are dynamically connected through the advection of potential vorticity. Both eddy and mean fluxes play a role in connecting the regions of potential vorticity input at the surface with the opposite gyre and with the viscous boundary layers. These conclusions are based on a series of model runs in which forcing, topography, straits, and the Coriolis parameter were varied.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1822334</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>