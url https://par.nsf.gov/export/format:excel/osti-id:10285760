--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10285760</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/jog.2020.80</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deep multi-scale learning for automatic tracking of internal layers of ice in radar data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rahnemoonfar, Maryam; Yari, Masoud; Paden, John; Koenig, Lora; Ibikunle, Oluwanisola</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Glaciology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>261</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>39 to 48</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-1430</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            In this study, our goal is to track internal ice layers on the Snow Radar data collected by NASA Operation IceBridge. We examine the application of deep learning methods on radar data gathered from polar regions. Artificial intelligence techniques have displayed impressive success in many practical fields. Deep neural networks owe their success to the availability of massive labeled data. However, in many real-world problems, even when a large dataset is available, deep learning methods have shown less success, due to causes such as lack of a large labeled dataset, presence of noise in the data or missing data. In our radar data, the presence of noise is one of the main obstacles in utilizing popular deep learning methods such as transfer learning. Our experiments show that if the neural network is trained to detect contours of objects in electro-optical imagery, it can only track a low percentage of contours in radar data. Fine-tuning and further training do not provide any better results. However, we show that selecting the right model and training it on the radar imagery from the start yields far better results.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1947584</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>