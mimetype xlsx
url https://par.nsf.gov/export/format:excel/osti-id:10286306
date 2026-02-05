--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10286306</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/DETC2020-22445</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Designing Developable Mechanisms From Flat Patterns</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hyatt, Lance P.; Lytle, Amanda; Magleby, Spencer P.; Howell, Larry L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2020 International Design Engineering Conferences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;This paper presents tools and methods to design cylindrical and conical developable mechanisms from flat, planar patterns. Equations are presented that relate the link lengths and link angles of planar and spherical mechanisms to the dimensions in a flat configuration. These flat patterns can then be formed into curved, developable mechanisms. Guidelines are established to determine if a mechanism described by a flat pattern can exhibit intramobile or extramobile behavior. A developable mechanism can only potentially exhibit intramobile or extramobile behavior if none of the links extend beyond half of the flat pattern. The behavior of a mechanism can change depending on the location of the cut of the flat pattern. Different joint designs are discussed including lamina emergent torsional (LET) joints. Physical examples are presented.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1663345</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>