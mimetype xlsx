--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10455510</t>
-[...8 lines deleted...]
-    <t>Hall, Austin [Department of Biological and Ecological Engineering Oregon State University  Corvallis Oregon USA] (ORCID:0000000309659867); Chiu, Yung‐Chia [Institute of Earth Sciences National Taiwan Ocean University  Keelung City Taiwan]; Selker, John S. [Department of Biological and Ecological Engineering Oregon State University  Corvallis Oregon USA]</t>
+    <t>10287831</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-07-17T04:00:00Z</t>
-[...18 lines deleted...]
- &lt;p&gt;Rivers are dynamic, complex integrators of their environment, which makes verification of the beneficial outcomes of restoration challenging. Thermal regime is central to habitat suitability and is often a focus in planning and evaluating the impact of restoration and climate resilience. Among these concerns, high summer stream temperature has frequently been identified as a limiting factor for salmon, steelhead, and trout. Our objective was to demonstrate the utility of combining high resolution thermal observation and modelling to evaluate restoration designed to mitigate stream thermal processes. This was demonstrated on the Middle Fork of the John Day River which is a critically impacted salmonid fishery in northeast Oregon, USA. We employed distributed temperature sensing and energy‐balance modelling to define the thermal regime. Restoration was predicted to result in a 0.7°C reduction of peak daily stream temperatures while increasing night temperatures by 0.9°C. This combined modelling and monitoring approach suggests that the 2012 restoration offered relief for native fish species stressed by excessive stream temperatures. This powerful combination of technology can be used in many projects to make optimal use of restoration investments to achieve durable and quantifiable improvements in habitat.&lt;/p&gt;</t>
+    <t>Fairness-Aware Online Meta-learning</t>
+  </si>
+  <si>
+    <t>Zhao, Chen; Chen, Feng; Thuraisingham, Bhavani</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>In Proceedings of the 27th ACM SIGKDD Conference on Knowledge Discovery &amp; Data Mining</t>
+  </si>
+  <si>
+    <t>2294-2304</t>
+  </si>
+  <si>
+    <t>Fairness in AI and Machine Learning is emerging to be a crucial research area to ensure social good. In contrast to offline working fashions, two research paradigms are devised for online learning: (1) Online Meta-Learning (OML learns good priors over model parameters (or learning to learn) in a sequential setting where tasks are revealed one after another. Although it provides a sub-linear regret bound, such techniques completely ignore the importance of learning with fairness which is a significant hallmark of human intelligence. (2) Online Fairness-Aware Learning that captures many classification problems for which fairness is a concern. But it aims to attain zero-shot generalization without any task-specific adaptation. This, therefore, limits the capability of a model to adapt to newly arrived data. To overcome such issues and bridge the gap, this paper is the first to propose a novel online meta-learning algorithm, namely FFML, which is under the setting of unfairness prevention. The key part of FFML is to learn good priors of an online fair classification model's primal and dual parameters that are associated with the model's accuracy and fairness, respectively. The problem is formulated in the form of a bi-level convex-concave optimization. The theoretic analysis provides sub-linear upper bounds for loss regret and violation of cumulative fairness constraints. The experiments demonstrate the versatility of FFML by applying it to classification on three real-world datasets and show substantial improvements over the best prior work on the tradeoff between fairness and classification accuracy.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1832170</t>
-[...8 lines deleted...]
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
+    <t>1954409</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -289,98 +276,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>