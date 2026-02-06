--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10288404</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3418055</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GEVO: GPU Code Optimization Using Evolutionary Computation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liou, Jhe-Yu; Wang, Xiaodong; Forrest, Stephanie; Wu, Carole-Jean</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-12-22T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Architecture and Code Optimization</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 28</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1544-3566</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>GPUs are a key enabler of the revolution in machine learning and high-performance computing, functioning as de facto co-processors to accelerate large-scale computation. As the programming stack and tool support have matured, GPUs have also become accessible to programmers, who may lack detailed knowledge of the underlying architecture and fail to fully leverage the GPU’s computation power. GEVO (Gpu optimization using EVOlutionary computation) is a tool for automatically discovering optimization opportunities and tuning the performance of GPU kernels in the LLVM representation. GEVO uses population-based search to find edits to GPU code compiled to LLVM-IR and improves performance on desired criteria while retaining required functionality. We demonstrate that GEVO improves the execution time of general-purpose GPU programs and machine learning (ML) models on NVIDIA Tesla P100. For the Rodinia benchmarks, GEVO improves GPU kernel runtime performance by an average of 49.48% and by as much as 412% over the fully compiler-optimized baseline. If kernel output accuracy is relaxed to tolerate up to 1% error, GEVO can find kernel variants that outperform the baseline by an average of 51.08%. For the ML workloads, GEVO achieves kernel performance improvement for SVM on the MNIST handwriting recognition (3.24×) and the a9a income prediction (2.93×) datasets with no loss of model accuracy. GEVO achieves 1.79× kernel performance improvement on image classification using ResNet18/CIFAR-10, with less than 1% model accuracy reduction.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908233; 1652132</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>