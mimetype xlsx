--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10288797</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pet Avatars, Performance Visualization, and Social Presence</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Nicole; Gregg, Andrea; Yeh, Martin K.-C.; Heiser, Rebecca; Diehl, William C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International journal of technology in teaching and learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>18 - 31</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1551-2576</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Lack of social presence is one of the many challenges that online education is facing right now in spite of its numerous benefits and growing popularity. While different strategies, primarily behavioral- or cognitive-based, have been proposed and adopted to improve online social presence, affect-based intervention remains a novel approach to increasing learners' experience of connectedness. The Social Performance Optimization Tool (SPOT) is a university-funded, web-based interactive environment in which students interact with classmates through animated dog avatars that reflect their learning performance health and emotional states. This paper reports on an early, exploratory stage of research study wherein the SPOT users' experiences of social presence are explored through interviews. Tu and McIsaac's (2002) framework for social presence was used to analyze three dimensions of social presence: social context, online communication, and interactivity. Findings suggest that the SPOT personalizes the learning environment and helps learners feel more connected.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1735627</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>