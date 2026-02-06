--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10289074</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/PerComWorkshops48775.2020.9156178</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Load Balanced Controller Association in Wireless Distributed SDNs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Starke, Allen; McNair, Janise</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Pervasive Computing Conference PhD Workshop</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 2</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Wireless infrastructure is steadily evolving into wireless access for all humans and most devices, from 5G to Internet-of-Things. This widespread access creates the expectation of custom and adaptive services from the personal network to the backbone network. In addition, challenges of scale and interoperability exist across networks, applications and services, requiring an effective wireless network management infrastructure. For this reason Software-Defined Networks (SDN) have become an attractive research area for wireless and mobile systems. SDN can respond to sporadic topology issues such as dropped packets, message latency, and/or conflicting resource management, to improved collaboration between mobile access points, reduced interference and increased security options. Until recently, the main focus on wireless SDN has been a more centralized approach, which has issues with scalability, fault tolerance, and security. In this work, we propose a state of the art WAM-SDN system for large-scale network management. We discuss requirements for large scale wireless distributed WAM-SDN and provide preliminary benchmarking and performance analysis based on our hybrid distributed and decentralized architecture. Keywords: software defined networks, controller optimization, resilience.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1738420</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>