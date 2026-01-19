--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -92,93 +92,93 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10290944</t>
   </si>
   <si>
     <t>https://doi.org/10.1093/mnras/stab926</t>
   </si>
   <si>
-    <t>Metals and a search for molecules in the distant Universe: Magellan &lt;scp&gt;mike&lt;/scp&gt; observations of sub-DLAs at 2 &amp;lt; &lt;i&gt;z&lt;/i&gt; &amp;lt; 3</t>
-[...2 lines deleted...]
-    <t>Poudel, Suraj; Kulkarni, Varsha P; Som, Debopam; Péroux, Céline</t>
+    <t>Metals and a search for molecules in the distant Universe: Magellan MIKE observations of sub-DLAs at 2 &lt; z &lt; 3</t>
+  </si>
+  <si>
+    <t>Poudel, S; Kulkarni, V P; Som, D; Péroux, C</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-04-20T04:00:00Z</t>
   </si>
   <si>
     <t>Monthly Notices of the Royal Astronomical Society</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>731 to 743</t>
   </si>
   <si>
     <t>0035-8711</t>
   </si>
   <si>
-    <t>ABSTRACT            We present abundance measurements of the elements Zn, S, O, C, Si, and Fe for four sub-DLAs at redshifts ranging from z = 2.173 to 2.635 using observations from the MIKE spectrograph on the Magellan telescope to constrain the chemical enrichment and star formation of gas-rich galaxies. Using weakly depleted elements O, S, and or Zn, we find the metallicities after the photoionization corrections to be [S/H] = −0.50 ± 0.11, [O/H] &amp;gt; −0.84, [O/H] = −1.27 ± 0.12, and [Zn/H]  = +0.40 ± 0.12 for the absorbers at z  = 2.173, 2.236, 2.539, and 2.635, respectively. Moreover, we are able to put constraints on the electron densities using the fine structure lines of C ii⋆ and Si ii⋆ for two of the sub-DLAs. We find that these values are much higher than the median values found in DLAs in the literature. Furthermore, we estimate the cooling rate lc = 1.20 × 10−26 erg s−1 per H atom for an absorber at z = 2.173, suggesting higher star formation rate density in this sub-DLA than the typical star formation rate density for DLAs at similar redshifts. We also study the metallicity versus velocity dispersion relation for our absorbers. Most of the absorbers follow the trend one can expect from the mass versus metallicity relation for sub-DLAs in the literature. Finally, we are able to put limits on the molecular column density from the non-detections of various strong lines of CO molecules. We estimate 3σ upper limits of logN(CO, J = 0) &amp;lt; 13.87, logN(CO, J = 0) &amp;lt; 13.17, and logN(CO, J = 0) &amp;lt; 13.08, respectively, from the non-detections of absorption from the J = 0 level in the CO AX 0–0, 1–0, and 2–0 bands near 1544, 1510, and 1478 Å.</t>
+    <t>ABSTRACT            We present abundance measurements of the elements Zn, S, O, C, Si, and Fe for four sub-DLAs at redshifts ranging from z = 2.173 to 2.635 using observations from the MIKE spectrograph on the Magellan telescope to constrain the chemical enrichment and star formation of gas-rich galaxies. Using weakly depleted elements O, S, and or Zn, we find the metallicities after the photoionization corrections to be [S/H] = −0.50 ± 0.11, [O/H] &amp;gt; −0.84, [O/H] = −1.27 ± 0.12, and [Zn/H]  = +0.40 ± 0.12 for the absorbers at z  = 2.173, 2.236, 2.539, and 2.635, respectively. Moreover, we are able to put constraints on the electron densities using the fine structure lines of C ii⋆ and Si ii⋆ for two of the sub-DLAs. We find that these values are much higher than the median values found in DLAs in the literature. Furthermore, we estimate the cooling rate lc = 1.20 × 10−26 erg s−1 per H atom for an absorber at z = 2.173, suggesting higher star formation rate density in this sub-DLA than the typical star formation rate density for DLAs at similar redshifts. We also study the metallicity versus velocity dispersion relation for our absorbers. Most of the absorbers follow the trend one can expect from the mass versus metallicity relation for sub-DLAs in the literature. Finally, we are able to put limits on the molecular column density from the non-detections of various strong lines of CO molecules. We estimate 3σ upper limits of logN(CO, J = 0) &lt; 13.87, logN(CO, J = 0) &lt; 13.17, and logN(CO, J = 0) &lt; 13.08, respectively, from the non-detections of absorption from the J = 0 level in the CO AX 0–0, 1–0, and 2–0 bands near 1544, 1510, and 1478 Å.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2007538; 2009811; 0908890</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Monthly Notices of the Royal Astronomical Society (Royal Astronomical Society)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -291,93 +291,95 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="K2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
-      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>