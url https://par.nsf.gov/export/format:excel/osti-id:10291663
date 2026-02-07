--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10291663</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1039/D1EW00153A</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Emerging investigator series: toward the ultimate limit of seawater desalination with mesopelagic open reverse osmosis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lin, Shihong; Veerapaneni, Srinivas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environmental Science: Water Research &amp; Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1212 to 1219</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2053-1400</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Seawater desalination has become an important tool to attain global water security and sustainability. Among the available technologies, reverse osmosis (RO) has become the golden standard for seawater desalination due to its unparalleled energy efficiency. While RO is already efficient after development for half a century, there remains room for over 50% further reduction in energy consumption that can translate into tens of terawatt hours of potential annual energy saving. However, this significant energy saving cannot be achieved under the conventional paradigm of on-ground RO. In this analysis, we assess the idea of operating RO with open modules several hundred meters below the ocean surface (              i.e.              , the mesopelagic zone). This new process, namely mesopelagic open reverse osmosis (MORO), can potentially push the energy consumption of seawater desalination to its theoretical limit. We first describe the concept of MORO, and then examine both the theoretical potential of energy saving and the practical challenges facing the implementation of MORO. Our analysis provides a theoretical framework for the future development of MORO for more sustainable desalination.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2017998</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>