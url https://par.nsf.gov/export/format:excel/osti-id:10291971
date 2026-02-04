--- v0 (2025-11-01)
+++ v1 (2026-02-04)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10291971</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/IJMCE-08-2020-0053</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A case for a virtual STEM peer-mentoring experience for racial and ethnic minority women mentees</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rockinson-Szapkiw, Amanda; Herring Watson, Jessica; Gishbaugher, Jackie; Wendt, Jillian L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-04-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Mentoring and Coaching in Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>267 to 283</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2046-6854</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Purpose              While previous research has examined the effectiveness of peer mentoring from the mentee's perspective, more research is needed to uncover how and why the interplay of the peer-mentoring relationship in a virtual format, especially for racial and ethnic minority (REM) women in historically Black colleges and universities (HBCUs) seeking a science, technology, engineering and mathematics (STEM) degree, impacts STEM success. This study seeks to address weaknesses in the mentoring literature by presenting a thorough and thick description of the peer mentoring experience for REM women in HBCU pursuing STEM degrees.                                      Design/methodology/approach              A multi-site case study approach (Yin, 2014) was employed to explore to what extent, if at all, and how did participating in the virtual STEM peer-mentoring experience influence peer mentees' STEM beliefs, interests, skills and behaviors.                                      Findings              Findings demonstrated that the experiences of undergraduate REM women mentees supported engagement in virtual STEM peer mentoring as it was beneficial to developing a sense of belonging, enhancing interest in STEM, encouraging STEM identity, building STEM self-efficacy and, ultimately, promoting STEM persistence. The current study provides a rich picture of how and why peer mentoring is perceived as effective by mentees in STEM programs at HBCUs.                                      Originality/value              The findings from this study contribute greatly to the body of knowledge and will serve as a foundational model on which future VSTEM PM relationships can be built and fostered among other HBCUs, with the potential to broaden participation in STEM.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717082</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>