--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10293637</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Virtual Learning Factory for Advanced Manufacturing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aqlan, Faisal; Zhao, Richard; Yang, Hui; Ramakrishnan, Sreekanth</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the  Winter Simulation Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1558-4305</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Virtual reality (VR) technology allows for the creation of fully immersive environments that enable personalized manufacturing learning. This case study discusses the development of a virtual learning factory that integrates manual and automated manufacturing processes such as welding, fastening, 3D printing, painting, and automated assembly. Two versions of the virtual factory are developed: (1) a multiplayer VR environment for the design and assembly of car toys; which allows for the collaboration of multiple users in the same VR environment, and (2) a virtual plant that utilizes heavy machinery and automated assembly lines for car manufacturing. The virtual factory also includes an intelligent avatar that can interact with the users and guide them to the different sections of the plant. The virtual factory enhances the learning of advanced manufacturing concepts by combining virtual objects with hands-on activities and providing students with an engaging learning experience.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1711603</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>