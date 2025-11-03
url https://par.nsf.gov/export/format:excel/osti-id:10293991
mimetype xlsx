--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10302230</t>
-[...8 lines deleted...]
-    <t>Li, Toby Jia-Jun; Mitchell, Tom M.; Myers, Brad A</t>
+    <t>10293991</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.agrformet.2021.108528</t>
+  </si>
+  <si>
+    <t>Gap-filling eddy covariance methane fluxes: Comparison of machine learning model predictions and uncertainties at FLUXNET-CH4 wetlands</t>
+  </si>
+  <si>
+    <t>Irvin, Jeremy; Zhou, Sharon; McNicol, Gavin; Lu, Fred; Liu, Vincent; Fluet-Chouinard, Etienne; Ouyang, Zutao; Knox, Sara Helen; Lucas-Moffat, Antje; Trotta, Carlo; Papale, Dario; Vitale, Domenico; Mammarella, Ivan; Alekseychik, Pavel; Aurela, Mika; Avati, Anand; Baldocchi, Dennis; Bansal, Sheel; Bohrer, Gil; Campbell, David I; Chen, Jiquan; Chu, Housen; Dalmagro, Higo J; Delwiche, Kyle B; Desai, Ankur R; Euskirchen, Eugenie; Feron, Sarah; Goeckede, Mathias; Heimann, Martin; Helbig, Manuel; Helfter, Carole; Hemes, Kyle S; Hirano, Takashi; Iwata, Hiroki; Jurasinski, Gerald; Kalhori, Aram; Kondrich, Andrew; Lai, Derrick YF; Lohila, Annalea; Malhotra, Avni; Merbold, Lutz; Mitra, Bhaskar; Ng, Andrew; Nilsson, Mats B; Noormets, Asko; Peichl, Matthias; Rey-Sanchez, A. Camilo; Richardson, Andrew D; Runkle, Benjamin RK; Schäfer, Karina VR; Sonnentag, Oliver; Stuart-Haëntjens, Ellen; Sturtevant, Cove; Ueyama, Masahito; Valach, Alex C; Vargas, Rodrigo; Vourlitis, George L; Ward, Eric J; Wong, Guan Xhuan; Zona, Donatella; Alberto, Ma. Carmelita; Billesbach, David P; Celis, Gerardo; Dolman, Han; Friborg, Thomas; Fuchs, Kathrin; Gogo, Sébastien; Gondwe, Mangaliso J; Goodrich, Jordan P; Gottschalk, Pia; Hörtnagl, Lukas; Jacotot, Adrien; Koebsch, Franziska; Kasak, Kuno; Maier, Regine; Morin, Timothy H; Nemitz, Eiko; Oechel, Walter C; Oikawa, Patricia Y; Ono, Keisuke; Sachs, Torsten; Sakabe, Ayaka; Schuur, Edward A; Shortt, Robert; Sullivan, Ryan C; Szutu, Daphne J; Tuittila, Eeva-Stiina; Varlagin, Andrej; Verfaillie, Joeseph G; Wille, Christian; Windham-Myers, Lisamarie; Poulter, Benjamin; Jackson, Robert B</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Li, Yang; Hilliges, Otmar</t>
-[...11 lines deleted...]
-    <t>We summarize our past five years of work on designing, building, and studying Sugilite, an interactive task learning agent that can learn new tasks and relevant associated concepts interactively from the user’s natural language instructions and demonstrations leveraging the graphical user interfaces (GUIs) of third-party mobile apps. Through its multi-modal and mixed-initiative approaches for Human-AI interaction, Sugilite made important contributions in improving the usability, applicability, generalizability, flexibility, robustness, and shareability of interactive task learning agents. Sugilite also represents a new human-AI interaction paradigm for interactive task learning, where it uses existing app GUIs as a medium for users to communicate their intents with an AI agent instead of the interfaces for users to interact with the underlying computing services. In this chapter, we describe the Sugilite system, explain the design and implementation of its key features, and show a prototype in the form of a conversational assistant on Android.</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-10-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Agricultural and Forest Meteorology</t>
+  </si>
+  <si>
+    <t>308-309</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>108528</t>
+  </si>
+  <si>
+    <t>0168-1923</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1814472</t>
+    <t>1652594; 1636476; 1752083; 1931333</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -290,79 +296,83 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>36</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>