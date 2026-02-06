--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10294281</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ICC42927.2021.9500999</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GLASS: A Graph Learning Approach for Software Defined Network Based Smart Grid DDoS Security</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nagaraj, Keerthiraj; Starke, Allen; McNair, Janise</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE ICC 2021 - IEEE International Conference on Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In recent years, smart grid communications (SGC) has evolved to use new technologies not only for data delivery but also for enhanced smart grid (SG) security and reliability. Software Defined Networks (SDN) has proved to be a reliable and efficient architecture for handling diverse communication systems due to their ability to divide responsibilities of the network using control plane and data plane. This paper presents a graph learning approach for detecting and identifying Distributed Denial of Service (DDoS) attacks in SDN-SGC systems (GLASS). GLASS is a two phase framework that (1) detects if SDN-SGC is under DDoS attack using supervised graph deep learning and then (2) identifies the compromised entities using unsupervised learning methods. Network performance statistics are used for modeling SDN-SGC graphs, which train Graph Convolutional Neural Networks (GCN) to extract latent representations caused by DDoS attacks. Finally, spectral clustering is used to identify compromised entities. The experimental results, obtained by analysis of an IEEE 118-bus system, show the average throughput for compromised entities is able to maintain 84% of normal traffic level with GLASS, compared to achieving only 4% of normal throughput caused by DDoS attacks on compromised entities without the GLASS framework.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1809739</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>