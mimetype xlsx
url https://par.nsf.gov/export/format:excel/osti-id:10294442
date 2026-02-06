--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10294442</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>High school teachers' conceptualizations of engineering teaching</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Emiola, E.; Dalal, M.; Ladeji-Osias, K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>the Annual Meeting of the American Educational Research Association (AERA)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Stakeholders of engineering education have recognized the need for engineering instruction in K‐12 classrooms, especially at the high school level. However, lack of engineering-specific standards and varied conceptions of engineering teaching create challenges for high school teachers to teach engineering courses. This paper explores high school teachers’ conceptions of engineering teaching in the context of an engineering education professional development (PD) workshop. We use Social Cognitive Career Theory (SCCT) to examine participants’ conceptions during two focus groups conducted as part of the PD; particularly focusing on teachers’ goals, interests, challenges, and expected outcomes of teaching a high school level engineering course. Results highlight the need for social support for teachers to sustain engineering teaching.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1849430</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>