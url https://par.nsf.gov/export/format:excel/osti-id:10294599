--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10294599</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Computing on Functions Using Randomized Vector Representations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Frady, E. Paxon; Kleyko, Denis; Kymn, Christopher J.; Olshausen, Bruno A.; Sommer, Friedrich T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ArXivorg</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>https://arxiv.org/abs/2109.03429</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2331-8422</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Vector space models for symbolic processing that encode symbols by random vectors have been proposed in cognitive science and connectionist communities under the names Vector Symbolic Architecture (VSA), and, synonymously, Hyperdimensional (HD) computing. In this paper, we generalize VSAs to function spaces by mapping continuous-valued data into a vector space such that the inner product between the representations of any two data points represents a similarity kernel. By analogy to VSA, we call this new function encoding and computing framework Vector Function Architecture (VFA). In VFAs, vectors can represent individual data points as well as elements of a function space (a reproducing kernel Hilbert space). The algebraic vector operations, inherited from VSA, correspond to well-defined operations in function space. Furthermore, we study a previously proposed method for encoding continuous data, fractional power encoding (FPE), which uses exponentiation of a random base vector to produce randomized representations of data points and fulfills the kernel properties for inducing a VFA. We show that the distribution from which elements of the base vector are sampled determines the shape of the FPE kernel, which in turn induces a VFA for computing with band-limited functions. In particular, VFAs provide an algebraic framework for implementing large-scale kernel machines with random features, extending Rahimi and Recht, 2007. Finally, we demonstrate several applications of VFA models to problems in image recognition, density estimation and nonlinear regression. Our analyses and results suggest that VFAs constitute a powerful new framework for representing and manipulating functions in distributed neural systems, with myriad applications in artificial intelligence.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718991</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>