--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10294977</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/HiPC50609.2020.00042</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Nonblocking Persistent Software Transactional Memory</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Beadle, H. Alan; Cai, Wentao; Wen, Haosen; Scott, Michael L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>27th Intl. Conf. on High Performance Computing, Data, and Analytics (HiPC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>283 to 293</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Newly emerging nonvolatile alternatives to DRAM raise the possibility that applications might compute directly on long-lived data, rather than serializing them to and from a file system or database. To ensure crash consistency, such data must, like a file system or database, provide failure-atomic transactional semantics. Several persistent software transactional memory (STM) systems have been devised to provide these semantics, but only one—the OneFile system of Ramalhete et al.—is nonblocking. Nonblocking progress is desirable to avoid both performance anomalies due to process preemption or failures and deadlock due to priority inversion. Unfortunately, OneFile achieves nonblocking progress at the cost of 2× space overhead, sacrificing much of the cost and density benefit of nonvolatile memory relative to DRAM. OneFile also requires extensive and intrusive changes to data declarations, and works only on a machine with double-width compare-and-swap (CAS) or load-linked/store-conditional (LL/SC) instructions. To address these limitations, we introduce QSTM, a nonblocking persistent STM that requires neither the modification of target data structures nor the availability of a wide CAS instruction. We describe our system, give arguments for safety and liveness, and compare performance to that of the Mnemosyne and OneFile persistent STM systems. We argue that modest performance costs (within a factor of 2 of OneFile in almost all cases) are easily justified by dramatically lower space overhead and higher programmer convenience.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717712; 1422649; 1900803</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>