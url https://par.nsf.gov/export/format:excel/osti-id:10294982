--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,171 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...119 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -185,181 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10294982</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3472456.3472458</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Fast, General System for Buffered Persistent Data Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wen, Haosen; Cai, Wentao; Du, Mingzhe; Jenkins, Louis; Valpey, Benjamin; Scott, Michael L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>50 Intl. Conf. on Parallel Processing (ICPP)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The emergence of fast, dense, nonvolatile main memory suggests that certain long-lived data might remain in their natural pointerrich format across program runs and hardware reboots. Operations on such data must currently be instrumented with explicit writeback and fence instructions to ensure consistency in the wake of a crash. Techniques to minimize the cost of this instrumentation are an active topic of research.
+We present what we believe to be the first general-purpose approach to building buffered persistent data structures, and a system, Montage, to support that approach. Montage is built on top of the Ralloc nonblocking persistent allocator. It employs a millisecondgranularity epoch clock, and ensures that no operation appears to span an epoch boundary.  It also arranges to persist only that data minimally required to reconstruct the structure after a crash. If a crash occurs in epoch e, all work performed in epochs e and e − 1 is lost, but work from prior epochs is preserved, consistently.  As in traditional file and database systems, a sync operation can be used to flush buffers on demand; the Montage sync is extremely fast.
+We describe the implementation of Montage, argue its correctness, and report unprecedented throughput for persistent queues, sets/mappings, and general graphs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717712; 1900803; 1955498</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>