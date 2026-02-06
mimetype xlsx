--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10294988</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4230/LIPIcs.DISC.2021.14</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fast Nonblocking Persistence for Concurrent Data Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cai, Wentao; Wen, Haosen; Maksimovski, Vladimir; Du, Mingzhe; Sanna, Rafaello; Abdallah, Shreif; Scott, Michael L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>35th Intl. Symp. on Distributed Computing (DISC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present a fully lock-free variant of our recent Montage system for persistent data structures. The variant, nbMontage, adds persistence to almost any nonblocking concurrent structure without introducing significant overhead or blocking of any kind. Like its predecessor, nbMontage is buffered durably linearizable: it guarantees that the state recovered in the wake of a crash will represent a consistent prefix of pre-crash execution. Unlike its predecessor, nbMontage ensures wait-free progress of the persistence frontier, thereby bounding the number of recent updates that may be lost on a crash, and allowing a thread to force an update of the frontier (i.e., to perform a sync operation) without the risk of blocking. As an extra benefit, the helping mechanism employed by our wait-free sync significantly reduces its latency.
+Performance results for nonblocking queues, skip lists, trees, and hash tables rival custom data structures in the literature – dramatically faster than achieved with prior general-purpose systems, and generally within 50% of equivalent non-persistent structures placed in DRAM.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717712; 1900803; 1955498</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>