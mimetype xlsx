--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10295162</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s40593-021-00259-x</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data-Related Ethics Issues in Technologies for Informal Professional Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pammer-Schindler, Viktoria; Rosé, Carolyn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Artificial Intelligence in Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1560-4292</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Professional and lifelong learning are a necessity for workers. This is true both for re-skilling from disappearing jobs, as well as for staying current within a professional domain. AI-enabled scaffolding and just-in-time and situated learning in the workplace offer a new frontier for future impact of AIED. The hallmark of this community’s work has been i) data-driven design of learning technology and ii) machine-learning enabled personalized interventions. In both cases, data are the foundation of AIED research and data-related ethics are thus central to AIED research. In this paper we formulate a vision how AIED research could address data-related ethics issues in informal and situated professional learning. The foundation of our vision is a secondary analysis of five research cases that offer insights related to data-driven adaptive technologies for informal professional learning. We describe the encountered data-related ethics issues. In our interpretation, we have developed three themes: Firstly, in informal and situated professional learning, relevant data about professional learning – to be used as a basis for learning analytics and reflection or as a basis for adaptive systems - is not only about learners. Instead, due to the situatedness of learning, relevant data is also about others (colleagues, customers, clients) and other objects from the learner’s context. Such data may be private, proprietary, or both. Secondly, manual tracking comes with high learner control over data. Thirdly, learning is not necessarily a shared goal in informal professional learning settings. From an ethics perspective, this is particularly problematic as much data that would be relevant for use within learning technologies hasn’t been collected for the purposes of learning. These three themes translate into challenges for AIED research that need to be addressed in order to successfully investigate and develop AIED technology for informal and situated professional learning. As an outlook of this paper, we connect these challenges to ongoing research directions within AIED – natural language processing, socio-technical design, and scenario-based data collection - that might be leveraged and aimed towards addressing data-related ethics challenges.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917955; 1822831</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>