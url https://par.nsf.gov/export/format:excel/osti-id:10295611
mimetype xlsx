--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10295611</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3447535.3462500</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>NetProtect: Network Perturbations to Protect Nodes against Entry-Point Attack</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Laishram, Ricky; Hozhabrierdi, Pegah; Wendt, Jeremy; Soundarajan, Sucheta</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Web Science Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>93 to 101</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In many network applications, it may be desirable to conceal certain target nodes from detection by a data collector, who is using a crawling algorithm to explore a network. For example, in a computer network, the network administrator may wish to protect those computers (target nodes) with sensitive information from discovery by a hacker who has exploited vulnerable machines and entered the network. These networks are often protected by hiding the machines (nodes) from external access, and allow only fixed entry points into the system (protection against external attacks). However, in this protection scheme, once one of the entry points is breached, the safety of all internal machines is jeopardized (i.e., the external attack turns into an internal attack). In this paper, we view this problem from the perspective of the data protector. We propose the Node Protection Problem: given a network with known entry points, which edges should be removed/added so as to protect as many target nodes from the data collector as possible? A trivial way to solve this problem would be to simply disconnect either the entry points or the target nodes – but that would make the network non-functional. Accordingly, we impose certain constraints: for each node, only (1 − r) fraction of its edges can be removed, and the resulting network must not be disconnected. We propose two novel scoring mechanisms - the Frequent Path Score and the Shortest Path Score. Using these scores, we propose NetProtect, an algorithm that selects edges to be removed or added so as to best impede the progress of the data collector. We show experimentally that NetProtect outperforms baseline node protection algorithms across several real-world networks. In some datasets, With 1% of the edges removed by NetProtect, we found that the data collector requires up to 6 (4) times the budget compared to the next best baseline in order to discover 5 (50) nodes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908048</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>