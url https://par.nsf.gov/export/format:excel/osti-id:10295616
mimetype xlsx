--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10295616</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3478105</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>VeriMask: Facilitating Decontamination of N95 Masks in the COVID-19 Pandemic: Challenges, Lessons Learned, and Safeguarding the Future</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Long, Yan; Curtiss, Alexander; Rampazzi, Sara; Hester, Josiah; Fu, Kevin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Interactive, Mobile, Wearable and Ubiquitous Technologies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 29</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2474-9567</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The US CDC has recognized moist-heat as one of the most effective and accessible methods of decontaminating N95 masks for reuse in response to the persistent N95 mask shortages caused by the COVID-19 pandemic. However, it is challenging to reliably deploy this technique in healthcare settings due to a lack of smart technologies capable of ensuring proper decontamination conditions of hundreds of masks simultaneously. To tackle these challenges, we developed an open-source wireless sensor platform---VeriMask1 ---that facilitates per-mask verification of the moist-heat decontamination process. VeriMask is capable of monitoring hundreds of masks simultaneously in commercially available heating systems and provides a novel throughput-maximization functionality to help operators optimize the decontamination settings. We evaluate VeriMask in laboratory and real-scenario clinical settings and find that it effectively detects decontamination failures and operator errors in multiple settings and increases the mask decontamination throughput. Our easy-to-use, low-power, low-cost, scalable platform integrates with existing hospital protocols and equipment, and can be broadly deployed in under-resourced facilities to protect front-line healthcare workers by lowering their risk of infection from reused N95 masks. We also memorialize the design challenges, guidelines, and lessons learned from developing and deploying VeriMask during the COVID-19 Pandemic. Our hope is that by reflecting and reporting on this design experience, technologists and front-line health workers will be better prepared to collaborate for future pandemics, regarding mask decontamination, but also other forms of crisis tech.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031077</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>