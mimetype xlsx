--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10296612</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stab1487</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>&lt;i&gt;s-&lt;/i&gt; process enrichment of ultrafaint dwarf galaxies</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tarumi, Yuta; Suda, Takuma; van de Voort, Freeke; Inoue, Shigeki; Yoshida, Naoki; Frebel, Anna</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>505</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3755 to 3766</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            We study the production of barium (Ba) and strontium (Sr) in ultrafaint dwarf (UFDs) galaxies. Both r- and s- processes produce these elements, and one can infer the contribution of the r-process from the characteristic r-process abundance pattern, whereas the s-process contribution remains largely unknown. We show that the current s-process yield from asymptotic giant branch (AGB) stars is not sufficient to explain the Ba and Sr abundances observed in UFDs. Production of these elements would need to be efficient from the beginning of star formation in the galaxies. The discrepancy of nearly or more than 1 dex is not reconciled even if we consider s-process in super-AGB stars. We consider a possible resolution by assuming rotating massive stars (RMSs) and electron-capture supernovae (ECSNe) as additional contributors. We find that the RMSs could be the origin of Ba in UFDs if ∼10 per cent of massive stars are rotating at 300 km s−1. As for ECSNe, we argue that their fraction is less than 2 per cent of core-collapse supernova. It narrows the progenitor mass-range to ${\lesssim}0.1\, \mathrm{M}_\odot$ at −3 ≲ [Fe/H] ≲ −2. We also explore another resolution by modifying the stellar initial mass function (IMF) in UFDs and find a top-light IMF model that reproduces the observed level of Ba-enrichment. Future observations that determine or tightly constrain the europium and nitrogen abundances are crucial to identify the origin of Ba and Sr in UFDs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1716251</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>