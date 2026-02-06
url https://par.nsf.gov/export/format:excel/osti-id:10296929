--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10296929</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/icc42927.2021.9500457</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Whispering: Joint Service Offloading and Computation Reuse in Cloud-Edge Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nour, Boubakr; Mastorakis, Spyridon; Mtibaa, Abderrahmen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ICC 2021 - IEEE International Conference on Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Due to the proliferation of Internet of Things (IoT) and application/user demands that challenge communication and computation, edge computing has emerged as the paradigm to bring computing resources closer to users. In this paper, we present Whispering, an analytical model for the migration of services (service offloading) from the cloud to the edge, in order to minimize the completion time of computational tasks offloaded by user devices and improve the utilization of resources. We also empirically investigate the impact of reusing the results of previously executed tasks for the execution of newly received tasks (computation reuse) and propose an adaptive task offloading scheme between edge and cloud. Our evaluation results show that Whispering achieves up to 35% and 97% (when coupled with computation reuse) lower task completion times than cases where tasks are executed exclusively at the edge or the cloud.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2016714</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>