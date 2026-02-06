--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10297081</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-030-59065-9_12</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Scalable Randomized Algorithm for Triangle Enumeration on Graphs Based on SQL Queries</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Farouzi, Abir; Bellatreche, Ladjel; Ordonez, Carlos; Pandurangan, Gopal; Malki, Mimoun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Big Data Analytics and Knowledge Discovery (DaWaK)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Triangle enumeration is a fundamental problem in large-scale graph analysis. For instance, triangles are used to solve practical problems like community detection and spam filtering. On the other hand, there is a large amount of data stored on database management systems (DBMSs), which can be modeled and analyzed as graphs. Alternatively, graph data can be quickly loaded into a DBMS. Our paper shows how to adapt and optimize a randomized distributed triangle enumeration algorithm with SQL queries, which is a significantly different approach from programming graph algorithms in traditional languages such as Python or C++. We choose a parallel columnar DBMS given its fast query processing, but our solution should work for a row DBMS as well. Our randomized solution provides a balanced workload for parallel query processing, being robust to the existence of skewed degree vertices. We experimentally prove our solution ensures a balanced data distribution, and hence workload, among machines. The key idea behind the algorithm is to evenly partition all possible triplets of vertices among machines, sending edges that may form a triangle to a proxy machine; this edge redistribution eliminates shuffling edges during join computation and therefore triangle enumeration becomes local and fully parallel. In summary, our algorithm exhibits linear speedup with large graphs, including graphs that have high skewness in vertex degree distributions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1633720</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>