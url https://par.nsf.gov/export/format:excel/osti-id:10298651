--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10590869</t>
-[...8 lines deleted...]
-    <t>Xie, Zhaoping; Angioletti-Uberti, Stefano; Dobnikar, Jure; Frenkel, Daan; Curk, Tine</t>
+    <t>10298651</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.artint.2021.103474</t>
+  </si>
+  <si>
+    <t>Open-world probabilistic databases: Semantics, algorithms, complexity</t>
+  </si>
+  <si>
+    <t>Ceylan, İsmail İlkan; Darwiche, Adnan; Van den Broeck, Guy</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-02-18T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;p&gt;The immune system exploits a wide range of strategies to combine sensitivity with selectivity for optimal response. We propose a generic physical mechanism that allows tuning the location and steepness of the response threshold of cellular processes activated by multivalent binding. The mechanism is based on the possibility to modulate the attraction between membrane receptors. We use theory and simulations to show how tuning interreceptor attraction can enhance or suppress the binding of multivalent ligand-coated particles to surfaces. The changes in the interreceptor attraction less than the thermal energy&lt;italic&gt;k&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;B&lt;/italic&gt;&lt;/sub&gt;&lt;italic&gt;T&lt;/italic&gt;can selectively switch the receptor-clustering and activation on or off in an almost step-wise fashion, which we explain by near-critical receptor density fluctuations. We also show that the same mechanism can efficiently regulate the onset of endocytosis for,&lt;italic&gt;e.g.&lt;/italic&gt;, drug delivery vehicles.&lt;/p&gt;</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>103474</t>
+  </si>
+  <si>
+    <t>0004-3702</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2402407</t>
-[...2 lines deleted...]
-    <t>2025</t>
+    <t>1956441</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>National Academy of Sciences</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -288,93 +288,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J2" t="s" s="0">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="K2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" t="s" s="0">
         <v>41</v>
       </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>