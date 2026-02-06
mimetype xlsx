--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10298775</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TVCG.2021.3114850</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>FairRankVis: A Visual Analytics Framework for Exploring Algorithmic Fairness in Graph Mining Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xie, Tiankai; Ma, Yuxin; Kang, Jian; Tong, Hanghang; Maciejewski, Ross</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Visualization and Computer Graphics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 1</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1077-2626</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Graph mining is an essential component of recommender systems and search engines. Outputs of graph mining models typically provide a ranked list sorted by each item's relevance or utility. However, recent research has identified issues of algorithmic bias in such models, and new graph mining algorithms have been proposed to correct for bias. As such, algorithm developers need tools that can help them uncover potential biases in their models while also exploring the impacts of correcting for biases when employing fairness-aware algorithms. In this paper, we present FairRankVis, a visual analytics framework designed to enable the exploration of multi-class bias in graph mining algorithms. We support both group and individual fairness levels of comparison. Our framework is designed to enable model developers to compare multi-class fairness between algorithms (for example, comparing PageRank with a debiased PageRank algorithm) to assess the impacts of algorithmic debiasing with respect to group and individual fairness. We demonstrate our framework through two usage scenarios inspecting algorithmic fairness.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1939725</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>