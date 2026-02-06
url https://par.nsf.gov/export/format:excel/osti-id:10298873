--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10298873</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.26716/jcsi.2021.10.8.34</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Teachers’ Engagement and Self-Efficacy in a PK–12 Computer Science Teacher Virtual Community of Practice</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schwarzhaupt, Robert; Wilson, Joseph; Lee, Fanny; Raspberry, Melissa</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Computer Science Integration</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2574-108X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prekindergarten to 12th-grade teachers of computer science (CS) face many challenges, including isolation, limited CS professional development resources, and low levels of CS teaching self-efficacy that could be mitigated through communities of practice (CoPs). This study used survey data from 420 PK–12 CS teacher members of a virtual CoP, CS for All Teachers, to examine the needs of these teachers and how CS teaching self-efficacy, community engagement, and sharing behaviors vary by teachers’ instructional experiences and school levels taught. Results show that CS teachers primarily join the CoP to gain high-quality pedagogical, assessment, and instructional resources. The study also found that teachers with more CS teaching experience have higher levels of self-efficacy and are more likely to share resources than teachers with less CS teaching experience. Moreover, teachers who instruct students at higher grade levels (middle and high school) have higher levels of CS teaching self-efficacy than do teachers who instruct lower grade levels (elementary school). These results suggest that CoPs can help CS teachers expand their professional networks, gain more professional development resources, and increase CS teaching self-efficacy by creating personalized experiences that consider teaching experience and grade levels taught when guiding teachers to relevant content. This study lays the foundation for future explorations of how CS education–focused CoPs could support the expansion of CS education in PK–12 schools.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1836310</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>