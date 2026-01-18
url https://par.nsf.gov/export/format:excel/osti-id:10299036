--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10299036</t>
-[...8 lines deleted...]
-    <t>Dong, Zehao; Das, Sanmay; Fowler, Patrick; Ho, Chien-Ju</t>
+    <t>10212497</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1167/jov.20.10.12</t>
+  </si>
+  <si>
+    <t>Contours produced by internal specular interreflections provide visual information for the perception of glass materials</t>
+  </si>
+  <si>
+    <t>Todd, James T.; Norman, J. Farley</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-01-01T05:00:00Z</t>
-[...11 lines deleted...]
-    <t>We study settings where a set of identical, reusable resources must be allocated in an online fashion to arriving agents. Each arriving agent is patient and willing to wait for some period of time to be matched. When matched, each agent occupies a resource for a certain amount of time, and then releases it, gaining some utility from having done so. The goal of the system designer is to maximize overall utility given some prior knowledge of the distribution of arriving agents. We are particularly interested in settings where demand for the resources far outstrips supply, as is typical in the provision of social services, for example homelessness resources. We formulate this problem as online bipartite matching with reusable resources and patient agents. We develop new, efficient nonmyopic algorithms for this class of problems, and compare their performance with that of greedy algorithms in a variety of simulated settings, as well as in a setting calibrated to real-world data on household demand for homelessness services. We find substantial overall welfare benefits to using our nonmyopic algorithms, particularly in more extreme settings – those where agents are unwilling or unable to wait for resources, and where the ratio of resource demand to supply is particularly high.</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2020-10-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Vision</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1534-7362</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1927422; 1910392; 2127752; 2127754</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1849418</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -282,89 +288,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="J2" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>