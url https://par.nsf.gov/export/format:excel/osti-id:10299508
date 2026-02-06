--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10299508</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>(ε, δ)-indistinguishable Mixing for Cryptocurrencies</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liang, Mingyu; Karantaidou, Ioanna; Baldimtsi, Foteini; Gordon, S. Dov; Varia, Mayank</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Privacy Enhancing Technologies Symposium</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We propose a new theoretical approach for building anonymous mixing mechanisms for cryptocurrencies. Rather than requiring a fully uniform permutation during mixing, we relax the requirement, insisting only that neighboring permutations are similarly likely. This is defined formally by borrowing from the definition of differential privacy. This relaxed privacy definition allows us to greatly reduce the amount of interaction and computation in the mixing protocol. Our construction achieves O(n * polylog(n)) computation time for mixing n addresses, whereas all other mixing schemes require O(n^2) total computation across all parties. Additionally, we support a smooth tolerance of fail-stop adversaries and do not require any trusted setup. We analyze the security of our generic protocol under the UC framework, and under a stand-alone, game-based definition. We finally describe an instantiation using ring signatures and confidential transactions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1931714; 1915763; 1801564; 1739000; 1718135</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>