--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10299839</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>cuSZ: An Efficient GPU-Based Error-Bounded Lossy Compression Framework for Scientific Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jiannan Tian, Sheng Di</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM International Conference on Parallel Architectures and Compilation Techniques</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Error-bounded lossy compression is a state-of-the-art data reduction technique for HPC applications because it not only significantly reduces storage overhead but also can retain high fidelity for postanalysis. Because supercomputers and HPC applications are becoming heterogeneous using accelerator-based architectures, in particular GPUs, several development teams have recently released GPU versions of their lossy compressors. However, existing state-of-the-art GPU-based lossy compressors suffer from either low compression and decompression throughput or low compression quality. In this paper, we present an optimized GPU version, cuSZ, for one of the best error-bounded lossy compressors-SZ. To the best of our knowledge, cuSZ is the first error-bounded lossy compressor on GPUs for scientific data. Our contributions are fourfold. (1) We propose a dual-quantization scheme to entirely remove the data dependency in the prediction step of SZ such that this step can be performed very efficiently on GPUs. (2) We develop an efficient customized Huffman coding for the SZ compressor on GPUs. (3) We implement cuSZ using CUDA and optimize its performance by improving the utilization of GPU memory bandwidth. (4) We evaluate our cuSZ on five real-world HPC application datasets from the Scientific Data Reduction Benchmarks and compare it with other state-of-the-art methods on both CPUs and GPUs. Experiments show that our cuSZ improves SZ's compression throughput by up to 370.1x and 13.1x, respectively, over the production version running on single and multiple CPU cores, respectively, while getting the same quality of</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1633608</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>