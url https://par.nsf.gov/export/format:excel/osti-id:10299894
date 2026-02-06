--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10299894</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/JAS-D-20-0082.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Interpreting and Stabilizing Machine-Learning Parametrizations of Convection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brenowitz, Noah D.; Beucler, Tom; Pritchard, Michael; Bretherton, Christopher S.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of the Atmospheric Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4357 to 4375</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-4928</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Neural networks are a promising technique for parameterizing subgrid-scale physics (e.g., moist atmospheric convection) in coarse-resolution climate models, but their lack of interpretability and reliability prevents widespread adoption. For instance, it is not fully understood why neural network parameterizations often cause dramatic instability when coupled to atmospheric fluid dynamics. This paper introduces tools for interpreting their behavior that are customized to the parameterization task. First, we assess the nonlinear sensitivity of a neural network to lower-tropospheric stability and the midtropospheric moisture, two widely studied controls of moist convection. Second, we couple the linearized response functions of these neural networks to simplified gravity wave dynamics, and analytically diagnose the corresponding phase speeds, growth rates, wavelengths, and spatial structures. To demonstrate their versatility, these techniques are tested on two sets of neural networks, one trained with a superparameterized version of the Community Atmosphere Model (SPCAM) and the second with a near-global cloud-resolving model (GCRM). Even though the SPCAM simulation has a warmer climate than the cloud-resolving model, both neural networks predict stronger heating/drying in moist and unstable environments, which is consistent with observations. Moreover, the spectral analysis can predict that instability occurs when GCMs are coupled to networks that support gravity waves that are unstable and have phase speeds larger than 5 m s              −1              . In contrast, standing unstable modes do not cause catastrophic instability. Using these tools, differences between the SPCAM-trained versus GCRM-trained neural networks are analyzed, and strategies to incrementally improve both of their coupled online performance unveiled.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835863</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>