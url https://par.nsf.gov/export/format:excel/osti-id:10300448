--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -120,51 +120,51 @@
     <t>Packard, Michael; Stubbs, Joe; Drake, Justin; Garcia, Christian</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>2021-07-17T04:00:00Z</t>
   </si>
   <si>
     <t>PEARC '21: Practice and Experience in Advanced Research Computing</t>
   </si>
   <si>
     <t>1 to 5</t>
   </si>
   <si>
     <t>Containerized applications have exploded in popularity in recent years, due to their ease of deployment, reproducible nature, and speed of startup. Accordingly, container orchestration tools such as Kubernetes have emerged as resource providers and users alike try to organize and scale their work across clusters of systems. This paper documents some real-world experiences of building, operating, and using self-hosted Kubernetes Linux clusters. It aims at comparisons between Kubernetes and single-node container solutions and traditional multi-user, batch queue Linux clusters.
 The authors of this paper have background experience first running traditional HPC Linux clusters and queuing systems like Slurm, and later virtual machines using technologies such as Openstack. Much of the experience and perspective below is informed by this perspective. We will also provide a use-case from a researcher who deployed on Kubernetes without being as opinionated about other potential choices.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1838901</t>
+    <t>1838901; 1931439</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>