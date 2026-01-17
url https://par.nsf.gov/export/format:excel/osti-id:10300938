--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10300938</t>
+    <t>10086488</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/ACSSC.2018.8645117</t>
+  </si>
+  <si>
+    <t>Fairness and Delay in Heterogeneous Half- and Full-Duplex Wireless Networks</t>
+  </si>
+  <si>
+    <t>Chen, Tingjun; Diakonikolas, Jelena; Ghaderi, Javad; Zussman, Gil</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Probabilistic Entity Representation Model for Reasoning over Knowledge Graphs</t>
-[...14 lines deleted...]
-    <t>1049-5258</t>
+    <t>2018-10-23T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Conference record - Asilomar Conference on Signals, Systems, &amp; Computers</t>
+  </si>
+  <si>
+    <t>1058-6393</t>
+  </si>
+  <si>
+    <t>Full-duplex (FD) wireless is an attractive communication paradigm with high potential for improving network capacity and reducing delay in wireless networks. Despite significant progress on the physical layer development, the challenges associated with developing medium access control (MAC) protocols for heterogeneous networks composed of both legacy half-duplex (HD) and emerging FD devices have not been fully addressed. In [1], we focused on the design and performance evaluation of scheduling algorithms for heterogeneous HD-FD networks and presented the distributed Hybrid-Greedy Maximal Scheduling (H-GMS) algorithm. H-GMS combines the centralized Greedy Maximal Scheduling (GMS) and a distributed queue-based random-access mechanism, and is throughput-optimal. In this paper, we analyze the delay performance of H-GMS by deriving two lower bounds on the average queue length. We also evaluate the fairness and delay performance of H-GMS via extensive simulations. We show that in heterogeneous HD-FD networks, H-GMS achieves$16-30\times$ better delay performance and improves fairness between FD and HD users by up to 50% compared with the fully decentralized Q-CSMA algorithm.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1838730</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1717867; 1650685</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -273,88 +276,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>