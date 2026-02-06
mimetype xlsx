--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10300962</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3458724</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modeling Complementarity in Behavior Data with Multi-Type Itemset Embedding</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Daheng; Zeng, Qingkai; Chawla, Nitesh V.; Jiang, Meng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Intelligent Systems and Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 25</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2157-6904</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>People are looking for complementary contexts, such as team members of              complementary skills              for project team building and/or reading materials of              complementary knowledge              for effective student learning, to make their behaviors more likely to be successful. Complementarity has been revealed by behavioral sciences as one of the most important factors in decision making. Existing computational models that learn low-dimensional context representations from behavior data have poor scalability and recent network embedding methods only focus on preserving the similarity between the contexts. In this work, we formulate a behavior entry as a set of context items and propose a novel representation learning method,              Multi-type Itemset Embedding              , to learn the context representations preserving the itemset structures. We propose a              measurement of complementarity              between context items in the embedding space. Experiments demonstrate both effectiveness and efficiency of the proposed method over the state-of-the-art methods on behavior prediction and context recommendation. We discover that the complementary contexts and similar contexts are significantly different in human behaviors.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1849816</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>