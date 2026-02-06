--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10301003</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Noticing, Understanding, and Encouraging Positive Engagement with Collaborative History Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Humburg, Megan; Craig, Kalani; Szostalo, Maksymilian; Danish, Joshua; Hmelo-Silver, Cindy; Mccranie, Ann</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>de Vries, Erica; Hod, Yotam; Ahn, June</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Reflecting the Past and Embracing the Future: ISLS Annual Meeting 2021 (Online Event)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1573-4552</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study analyzes the implementation of Net.Create, a collaborative network analysis tool (Craig &amp; Danish, 2018), in the context of a digital humanities classroom. Undergraduate students used network analysis to investigate historical objects gathered from the local community in a History Harvest. This paper focuses on the collaborative engagement of groups as they co-constructed conceptual frameworks in Net.Create to explain the individual, social, and cultural histories attached to these objects. Findings suggest that positive social engagement and metacognitive behaviors can support students’ sustained engagement with historical and network analysis ideas. Interwoven personal-oriented and class-oriented social engagement in the data suggest that these forms of engagement can productively sustain engagement with cognitively demanding activities. Having built a supportive environment for collaboration amongst themselves, students were able to smoothly and effectively build on each other’s ideas to generate an understanding of historical and network analysis patterns.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1848655</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>