--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10301534</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3415594</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Effect of Implementing Subgoals in Code.org's Intro to Programming Unit in Computer Science Principles</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Margulieux, Lauren E.; Morrison, Briana B.; Franke, Baker; Ramilison, Harivololona</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-11-20T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Computing Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 24</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1946-6226</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The subgoal learning framework has improved performance for novice programmers in higher education, but it has only started to be applied and studied in K-12 (primary/secondary). Programming education in K-12 is growing, and many international initiatives are attempting to increase participation, including curricular initiatives like Computer Science Principles and non-profit organizations like Code.org. Given that subgoal learning is designed to help students with no prior knowledge, we designed and implemented subgoals in the introduction to programming unit in Code.org's Computer Science Principles course. The redesigned unit includes subgoal-oriented instruction and subgoal-themed pre-written comments that students could add to their programming activities. To evaluate efficacy, we compared behaviors and performance of students who received the redesigned subgoal unit to those receiving the original unit. We found that students who learned with subgoals performed better on problem-solving questions but not knowledge-based questions and wrote more in open-ended response questions, including a practice Performance Task for the AP exam. Moreover, at least one-third of subgoal students continued to use the subgoal comments after the subgoal-oriented instruction had been faded, suggesting that they found them useful. Survey data from the teachers suggested that students who struggled with the concepts found the subgoals most useful. Implications for future designs are discussed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1712231</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>