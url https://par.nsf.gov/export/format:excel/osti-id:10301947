--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10301947</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>FIXMYPOSE: Pose Correctional Captioning and Retrieval</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, Hyounghun; Zala, Abhay; Burri, Graham; Bansal, Mohit</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-02-02T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the  AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3910–3927</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2374-3468</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Interest in physical therapy and individual exercises such as yoga/dance has increased alongside the well-being trend, and people globally enjoy such exercises at home/office via video streaming platforms. However, such exercises are hard to follow without expert guidance. Even if experts can help, it is almost impossible to give personalized feedback to every trainee remotely. Thus, automated pose correction systems are required more than ever, and we introduce a new captioning dataset named FixMyPose to address this need. We collect natural language descriptions of correcting a “current” pose to look like a “target” pose. To support a multilingual setup, we collect descriptions in both English and Hindi. The collected descriptions have interesting linguistic properties such as egocentric relations to the environment objects, analogous references, etc., requiring an understanding of spatial relations and commonsense knowledge about postures. Further, to avoid ML biases, we maintain a balance across characters with diverse demographics, who perform a variety of movements in several interior environments (e.g., homes, offices). From our FixMyPose dataset, we introduce two tasks: the pose-correctional-captioning task and its reverse, the target-pose-retrieval task. During the correctional-captioning task, models must generate the descriptions of how to move from the current to the target pose image, whereas in the retrieval task, models should select the correct target pose given the initial pose and the correctional description. We present strong cross-attention baseline models (uni/multimodal, RL, multilingual) and also show that our baselines are competitive with other models when evaluated on other image-difference datasets. We also propose new task-specific metrics (object-match, body-part-match, direction-match) and conduct human evaluation for more reliable evaluation, and we demonstrate a large human-model performance gap suggesting room for promising future work. Finally, to verify the sim-to-real transfer of our FixMyPose dataset, we collect a set of real images and show promising performance on these images. Data and code are available: https://fixmypose-unc.github.io.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1840131</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>