--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10301996</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.23919/WONS51326.2021.9415579</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enabling Opportunistic Low-cost Smart Cities By Using Tactical Edge Node Placement</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Madamori, Oluwashina; Max-Onakpoya, Esther; Erhardt, Gregory D.; Baker, Corey E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 16th Annual Conference on Wireless On-demand Network Systems and Services Conference (WONS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Smart city projects aim to enhance the management of city infrastructure by enabling government entities to monitor, control and maintain infrastructure efficiently through the deployment of Internet-of-things (IoT) devices. However, the financial burden associated with smart city projects is a detriment to prospective smart cities. A noteworthy factor that impacts the cost and sustainability of smart city projects is providing cellular Internet connectivity to IoT devices. In response to this problem, this paper explores the use of public transportation network nodes and mules, such as bus-stops as buses, to facilitate connectivity via device-to-device communication in order to reduce cellular connectivity costs within a smart city. The data mules convey non-urgent data from IoT devices to edge computing hardware, where data can be processed or sent to the cloud. Consequently, this paper focuses on edge node placement in smart cities that opportunistically leverage public transit networks for reducing reliance on and thus costs of cellular connectivity. We introduce an algorithm that selects a set of edge nodes that provides maximal sensor coverage and explore another that selects a set of edge nodes that provide minimal delivery delay within a budget. The algorithms are evaluated for two public transit network data-sets: Chapel Hill, North Carolina and Louisville, Kentucky. Results show that our algorithms consistently outperform edge node placement strategies that rely on traditional centrality metrics (betweenness and in-degree centrality) by over 77% reduction in coverage budget and over 20 minutes reduction in latency.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1952181</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>