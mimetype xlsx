--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10301997</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/PerComWorkshops51409.2021.9430977</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Latency-Defined Edge Node Placement Scheme for Opportunistic Smart Cities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Madamori, Oluwashina; Max-Onakpoya, Esther; Erhardt, Gregory D.; Baker, Corey E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 IEEE International Conference on Pervasive Computing and Communications Workshops and other Affiliated Events (PerCom Workshops)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>142 to 147</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Smart city projects have the potential to improve the management of environmental and public infrastructure. However, the operational and capital expenditures of smart cities can prevent cities from becoming smarter. A notable factor that influences the cost is providing cellular Internet connectivity to IoT devices. 5G has been proposed as a possible solution, but projections show that 5G will not be able to support the load of billions of IoT devices coming online. To mitigate this, people, vehicles, and other nodes in transportation networks can be exploited to transmit non-urgent data by leveraging device-to-device communication in order to reduce cellular connectivity costs associated with smart city sensors. Hence, this paper addresses cost-effective edge node placement in smart cities that opportunistically leverage public transit networks. We introduce an algorithm that selects a set of edge nodes that provide minimal delivery delay within a budget. The algorithm is evaluated for two public transit network data-sets: Chapel Hill, North Carolina and Louisville, Kentucky and results show that our algorithm outperforms betweeness and in-degree centrality metrics with a reduction in latency of over 20 minutes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1952181</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>