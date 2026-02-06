--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10302166</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/nar/gkaa727</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Rapid, robust plasmid verification by de novo assembly of short sequencing reads</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gallegos, Jenna E; Rogers, Mark F; Cialek, Charlotte A; Peccoud, Jean</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-05T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nucleic Acids Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e106 to e106</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0305-1048</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Plasmids are a foundational tool for basic and applied research across all subfields of biology. Increasingly, researchers in synthetic biology are relying on and developing massive libraries of plasmids as vectors for directed evolution, combinatorial gene circuit tests, and for CRISPR multiplexing. Verification of plasmid sequences following synthesis is a crucial quality control step that creates a bottleneck in plasmid fabrication workflows. Crucially, researchers often elect to forego the cumbersome verification step, potentially leading to reproducibility and—depending on the application—security issues. In order to facilitate plasmid verification to improve the quality and reproducibility of life science research, we developed a fast, simple, and open source pipeline for assembly and verification of plasmid sequences from Illumina reads. We demonstrate that our pipeline, which relies on de novo assembly, can also be used to detect contaminating sequences in plasmid samples. In addition to presenting our pipeline, we discuss the role for verification and quality control in the increasingly complex life science workflows ushered in by synthetic biology.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1934573</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>