--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10302621</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3459637.3482167</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reevaluating the Change Point Detection Problem with Segment-based Bayesian Online Detection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Draayer, Erick [New Mexico State University, Las Cruces, NM, USA]; Cao, Huiping [New Mexico State University, Las Cruces, NM, USA]; Hao, Yifan [New Mexico State University, Las Cruces, NM, USA]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Conference on Information and Knowledge Management (CIKM)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Change point detection is widely used for finding transitions between states of data generation within a time series. Methods for change point detection currently assume this transition is instantaneous and therefore focus on finding a single point of data to classify as a change point. However, this assumption is flawed because many time series actually display short periods of transitions between different states of data generation. Previous work has shown Bayesian Online Change Point Detection (BOCPD) to be the most effective method for change point detection on a wide range of different time series. This paper explores adapting the change point detection algorithms to detect abrupt changes over short periods of time. We design a segment-based mechanism to examine a window of data points within a time series, rather than a single data point, to determine if the window captures abrupt change. We test our segment-based Bayesian change detection algorithm on 36 different time series and compare it to the original BOCPD algorithm. Our results show that, for some of these 36 time series, the segment-based approach for detecting abrupt changes can much more accurately identify change points based on standard metrics.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1914635; 1757207</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>