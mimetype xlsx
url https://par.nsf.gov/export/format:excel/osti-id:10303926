--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10303926</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fpsyg.2021.503237</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Science and Math Interest and Gender Stereotypes: The Role of Educator Gender in Informal Science Learning Sites</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>McGuire, Luke; Monzavi, Tina; Hoffman, Adam J.; Law, Fidelia; Irvin, Matthew J.; Winterbottom, Mark; Hartstone-Rose, Adam; Rutland, Adam; Burns, Karen P.; Butler, Laurence; Drews, Marc; Fields, Grace E.; Mulvey, Kelly Lynn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-03-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Psychology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1664-1078</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Interest in science and math plays an important role in encouraging STEM motivation and career aspirations. This interest decreases for girls between late childhood and adolescence. Relatedly, positive mentoring experiences with female teachers can protect girls against losing interest. The present study examines whether visitors to informal science learning sites (ISLS; science centers, zoos, and aquariums) differ in their expressed science and math interest, as well as their science and math stereotypes following an interaction with either a male or female educator. Participants (              n              = 364; early childhood,              n              = 151,              M                              age                            = 6.73; late childhood,              n              = 136,              M                              age                            = 10.01; adolescence,              n              = 59,              M                              age                            = 13.92) were visitors to one of four ISLS in the United States and United Kingdom. Following an interaction with a male or female educator, they reported their math and science interest and responded to math and science gender stereotype measures. Female participants reported greater interest in math following an interaction with a female educator, compared to when they interacted with a male educator. In turn, female participants who interacted with a female educator were less likely to report male-biased math gender stereotypes. Self-reported science interest did not differ as a function of educator gender. Together these findings suggest that, when aiming to encourage STEM interest and challenge gender stereotypes in informal settings, we must consider the importance of the gender of educators and learners.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1831593</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>