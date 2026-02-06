--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10304266</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Personalized Dynamics Models for Adaptive Assistive Navigation Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>OhnBar, Eshed and</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2nd Conference on Robot Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Consider an assistive system that guides visually impaired users through speech and haptic feedback to their destination. Existing robotic and ubiquitous navigation technologies (e.g., portable, ground, or wearable systems) often operate in a generic, user-agnostic manner. However, to minimize confusion and navigation errors, our real-world analysis reveals a crucial need to adapt theinstructional guidance across different end-users with diverse mobility skills. To address this practical issue in scalable system design, we propose a novel model based reinforcement learning framework for personalizing the system-user interaction experience. When incrementally adapting the system to new users, we propose to use a weighted experts model for addressing data-efficiency limitations in transfer learning with deep models. A real-world dataset of navigation by blind users is used to show that the proposed approach allows for (1) more accurate long-term human behavior prediction (up to 20 seconds into the future) through improved reasoning over personal mobility characteristics, interaction with surrounding obstacles, and the current navigation goal, and (2) quick adaptation at the onset of learning, when data is limited.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637927</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>