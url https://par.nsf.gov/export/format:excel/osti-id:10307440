--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2021-10-13T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the Association for Information Science and Technology</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2373-9231</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Material samples are indispensable data sources in many natural science, social science, and humanity disciplines. More and more researchers recognize that samples collected in one discipline can be of great value for another. This has motivated organizations that manage a large number of samples to make their holdings accessible to the world. Currently, multiple projects are working to connect natural history and other samples managed by individual institutions or individuals into a universe of samples that follow FAIR principles. This poster reports the progress of the US NSF‐funded iSamples project, in the context of other efforts initiated by US DOE, DiSCCo, BCoN, and GBIF. By October 2021, we will also be able to present an iSamples prototype. We encourage individual organizations that hold material samples to get to know these projects and help shape these projects to realize the goal of a global linked sample cloud that connects all material samples and is accessible to all.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2004562</t>
+    <t>2004562; 2004642</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>p. 813-815</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>