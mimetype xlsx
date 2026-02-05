--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,167 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...115 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -181,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10308738</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3315002.3317561</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Impact of Expertise on Interaction Preferences for Navigation Assistance of Visually Impaired Individuals</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ahmetovic, Dragan [Università degli Studi di Torino, Dipartimento di Matematica]; Guerreiro, João [Carnegie Mellon University, Robotics Institute]; Ohn-Bar, Eshed [Max Planck Institute for Intelligent Systems]; Kitani, Kris M. [Carnegie Mellon University, Robotics Institute]; Asakawa, Chieko [Carnegie Mellon University, Robotics Institute]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-05-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>W4A '19: Proceedings of the 16th International Web for All Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Navigation assistive technologies have been designed to support individuals with visual impairments during independent mobility by providing sensory augmentation and contextual awareness of their surroundings. Such information is habitually provided through predefned audio-haptic interaction paradigms. However, individual capabilities, preferences and behavior of people with visual impairments are heterogeneous, and may change due to experience, context and necessity. Therefore, the circumstances and modalities for providing navigation assistance need to be personalized to different users, and through time for each user.
+We conduct a study with 13 blind participants to explore how the desirability of messages provided during assisted navigation varies based on users' navigation preferences and expertise. The participants are guided through two different routes, one without prior knowledge and one previously studied and traversed. The guidance is provided through turn-by-turn instructions, enriched with contextual information about the environment. During navigation and follow-up interviews, we uncover that participants have diversifed needs for navigation instructions based on their abilities and preferences. Our study motivates the design of future navigation systems capable of verbosity level personalization in order to keep the users engaged in the current situational context while minimizing distractions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637927</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>