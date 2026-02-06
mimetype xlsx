--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10308950</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Supporting Connections to Teaching in an Undergraduate Calculus Course</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Turner, Kyle R.; Álvarez, James A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Marchionda, H.; Bateiha, S.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 48th Annual Meeting of the Research Council on Mathematics Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Mathematical Education of Teachers II report by the Conference Board of the Mathematical Sciences (2012) recommends that undergraduate programs enhance prospective secondary mathematics teachers’ (PSMTs) understanding of connections between the advanced undergraduate mathematics content and the mathematics they will teach. This paper examines the connections to teaching made by one instructor and one undergraduate PSMT after implementation of two calculus lessons aimed at supporting connections to teaching. Each lesson embedded approximations of practice tasks in the learning of calculus content. Findings suggest that these lessons enabled both deepening mathematical content knowledge and insight into the work of teaching.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1726624</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>